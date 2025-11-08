--- v0 (2025-10-17)
+++ v1 (2025-11-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 17/10/2025 05:35</t>
+    <t>Дата и час на изготвяне на справката: 08/11/2025 09:02</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>