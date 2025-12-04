--- v1 (2025-11-08)
+++ v2 (2025-12-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 08/11/2025 09:02</t>
+    <t>Дата и час на изготвяне на справката: 04/12/2025 15:56</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>