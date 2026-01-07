--- v2 (2025-12-04)
+++ v3 (2026-01-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 04/12/2025 15:56</t>
+    <t>Дата и час на изготвяне на справката: 07/01/2026 12:03</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>