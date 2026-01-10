--- v3 (2026-01-07)
+++ v4 (2026-01-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 07/01/2026 12:03</t>
+    <t>Дата и час на изготвяне на справката: 11/01/2026 00:45</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>