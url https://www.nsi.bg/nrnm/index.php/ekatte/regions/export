--- v4 (2026-01-10)
+++ v5 (2026-01-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 11/01/2026 00:45</t>
+    <t>Дата и час на изготвяне на справката: 15/01/2026 03:33</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>