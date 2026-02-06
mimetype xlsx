--- v5 (2026-01-15)
+++ v6 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 15/01/2026 03:33</t>
+    <t>Дата и час на изготвяне на справката: 06/02/2026 20:45</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>