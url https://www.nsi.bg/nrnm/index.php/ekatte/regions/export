--- v6 (2026-02-06)
+++ v7 (2026-02-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 06/02/2026 20:45</t>
+    <t>Дата и час на изготвяне на справката: 07/02/2026 04:08</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>