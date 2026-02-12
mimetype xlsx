--- v7 (2026-02-07)
+++ v8 (2026-02-12)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 07/02/2026 04:08</t>
+    <t>Дата и час на изготвяне на справката: 12/02/2026 22:52</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>