--- v8 (2026-02-12)
+++ v9 (2026-03-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 12/02/2026 22:52</t>
+    <t>Дата и час на изготвяне на справката: 06/03/2026 19:20</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>