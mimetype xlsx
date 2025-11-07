--- v0 (2025-10-14)
+++ v1 (2025-11-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 14/10/2025 04:04</t>
+    <t>Дата и час на изготвяне на справката: 07/11/2025 12:10</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>