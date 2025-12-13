--- v1 (2025-11-07)
+++ v2 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 07/11/2025 12:10</t>
+    <t>Дата и час на изготвяне на справката: 13/12/2025 10:09</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>