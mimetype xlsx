--- v2 (2025-12-13)
+++ v3 (2026-01-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 13/12/2025 10:09</t>
+    <t>Дата и час на изготвяне на справката: 14/01/2026 07:19</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>