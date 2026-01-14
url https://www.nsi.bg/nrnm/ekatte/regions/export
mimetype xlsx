--- v3 (2026-01-14)
+++ v4 (2026-01-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 14/01/2026 07:19</t>
+    <t>Дата и час на изготвяне на справката: 14/01/2026 11:44</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>