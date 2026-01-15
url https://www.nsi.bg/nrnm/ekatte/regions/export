--- v4 (2026-01-14)
+++ v5 (2026-01-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 14/01/2026 11:44</t>
+    <t>Дата и час на изготвяне на справката: 15/01/2026 18:42</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>