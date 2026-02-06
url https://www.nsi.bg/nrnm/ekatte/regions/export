--- v5 (2026-01-15)
+++ v6 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 15/01/2026 18:42</t>
+    <t>Дата и час на изготвяне на справката: 06/02/2026 18:49</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>