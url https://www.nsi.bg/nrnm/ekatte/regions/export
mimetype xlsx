--- v6 (2026-02-06)
+++ v7 (2026-02-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 06/02/2026 18:49</t>
+    <t>Дата и час на изготвяне на справката: 08/02/2026 14:05</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>