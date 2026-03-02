--- v7 (2026-02-08)
+++ v8 (2026-03-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
-    <t>Дата и час на изготвяне на справката: 08/02/2026 14:05</t>
+    <t>Дата и час на изготвяне на справката: 02/03/2026 22:18</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>