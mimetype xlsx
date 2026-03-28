--- v8 (2026-03-02)
+++ v9 (2026-03-28)
@@ -12,533 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
-[...1 lines deleted...]
-    <t>Дата и час на изготвяне на справката: 02/03/2026 22:18</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
+  <si>
+    <t>Дата и час на изготвяне на справката: 28/03/2026 09:00</t>
   </si>
   <si>
     <t>Данните са актуални към: 05/10/2015</t>
   </si>
   <si>
     <t>Код на областния център</t>
   </si>
   <si>
     <t>Име на областния център</t>
   </si>
   <si>
     <t>Код на областта</t>
   </si>
   <si>
     <t>Име на областта</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>NUTS2</t>
   </si>
   <si>
     <t>NUTS3</t>
   </si>
   <si>
     <t>Код на документа</t>
   </si>
   <si>
     <t>Пореден номер</t>
-  </si>
-[...445 lines deleted...]
-    <t>BG343</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -841,1009 +394,113 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="28" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="19" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="E4" t="s">
         <v>6</v>
       </c>
       <c r="F4" t="s">
         <v>7</v>
       </c>
       <c r="G4" t="s">
         <v>8</v>
       </c>
       <c r="H4" t="s">
         <v>9</v>
       </c>
       <c r="I4" t="s">
         <v>10</v>
       </c>
       <c r="J4" t="s">
         <v>11</v>
-      </c>
-[...894 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">